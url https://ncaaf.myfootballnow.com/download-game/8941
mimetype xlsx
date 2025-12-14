--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -1019,51 +1019,51 @@
   <si>
     <t>Timeout PUR</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>Lou 5</t>
   </si>
   <si>
     <t>2-5-Lou 5 (9:16) 28-John Fryer ran for 5 yards. TOUCHDOWN! Lou 3 PUR 6</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>(9:14) Extra point GOOD by 7-Noah Ku. Lou 71-Maurice Clarkson was injured on the play. He looks like he should be able to return. Lou 3 PUR 7</t>
   </si>
   <si>
     <t>#2 Steven Haley - QB</t>
   </si>
   <si>
     <t>#59 Owen Loftis - WLB</t>
   </si>
   <si>
-    <t>#92 Robert Dobson - MLB</t>
+    <t>#93 Robert Dobson - MLB</t>
   </si>
   <si>
     <t>(9:14) 7-Noah Ku kicks 71 yards from PUR 35 to Lou -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-Lou 25 (9:14) 33-Michael Astle ran to Lou 35 for 10 yards. Tackle by 42-Fredrick Kidd.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>2-1-Lou 35 (8:37) 27-Rex Grimes ran to Lou 30 for -4 yards. Tackle by 69-Marvin Isham.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-5-Lou 30 (7:55) 33-Michael Astle ran to Lou 38 for 7 yards. Tackle by 55-Gary Farrar.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>