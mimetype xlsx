--- v1 (2025-12-14)
+++ v2 (2026-03-14)
@@ -461,51 +461,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-Lou 25 (12:52) 12-James Flynn punts 56 yards to PUR 19. 40-Jack Coles FUMBLES recovered by PUR-40-Jack Coles to PUR 16 for -3 yards. Tackle by 20-Keith Waymire.</t>
   </si>
   <si>
     <t>#6 James Flynn - P</t>
   </si>
   <si>
     <t>#40 Jack Coles - RB</t>
   </si>
   <si>
     <t>#21 Matthew Jung - FS</t>
   </si>
   <si>
     <t>#41 Paul Stovall - FS</t>
   </si>
   <si>
     <t>#87 Leonard Donaldson - TE</t>
   </si>
   <si>
-    <t>#51 Peter Tews - C</t>
+    <t>#54 Peter Tews - C</t>
   </si>
   <si>
     <t>#22 Donald Beck - SS</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>PUR 16</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PUR 16 (12:43) 13-Eric Becker pass Pass knocked down by 34-Joseph Baker. incomplete, intended for 85-Andrew Singleton. PUR 76-Errol Madsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Eric Becker - QB</t>
   </si>
   <si>
     <t>#28 John Fryer - RB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>PUR 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-PUR 22 (11:58) 13-Eric Becker pass incomplete, dropped by 28-John Fryer.</t>
   </si>
   <si>
     <t>#87 Roy Sanchez - WR</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>4-4-PUR 22 (11:54) 14-Micheal Webb punts 44 yards to Lou 34. Fair Catch by 33-Michael Astle.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#70 Merrill Schmidt - LG</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>Lou 34</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-Lou 34 (11:47) 33-Michael Astle ran to Lou 36 for 1 yards. Tackle by 69-Marvin Isham.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>