--- v0 (2025-10-28)
+++ v1 (2026-03-29)
@@ -542,51 +542,51 @@
   <si>
     <t>#36 Alfonso Peterson - RB</t>
   </si>
   <si>
     <t>#49 David Thompson - FB</t>
   </si>
   <si>
     <t>#82 Edward Walker - TE</t>
   </si>
   <si>
     <t>#83 Maurice Gosnell - TE</t>
   </si>
   <si>
     <t>#51 Scott Gregory - LT</t>
   </si>
   <si>
     <t>#73 Ralph Prim - LG</t>
   </si>
   <si>
     <t>#74 Jerry Carollo - C</t>
   </si>
   <si>
     <t>#72 Jimmie Harvey - RG</t>
   </si>
   <si>
-    <t>#79 James King - RT</t>
+    <t>#78 James King - RT</t>
   </si>
   <si>
     <t>#77 John Bales - LDE</t>
   </si>
   <si>
     <t>#92 Leslie Toy - DT</t>
   </si>
   <si>
     <t>#96 David Addington - SLB</t>
   </si>
   <si>
     <t>#98 Clarence Snider - MLB</t>
   </si>
   <si>
     <t>#54 Harold Renteria - WLB</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>BAY 23</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
@@ -917,51 +917,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-BAY 42 (12:55) 35-Robert Benge ran to BAY 40 for 2 yards. Tackle by 96-Tyler Gross.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>BAY 40</t>
   </si>
   <si>
     <t>3-8-BAY 40 (12:18) 1-Ryan Donnelly pass complete to 35-Robert Benge to BAY 36 for 5 yards. Tackle by 98-Donald Fletcher.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>4-4-BAY 36 (11:36) 16-Rene Thames 54 yard field goal is GOOD. BAY 3 UCL 3</t>
   </si>
   <si>
     <t>#16 Rene Thames - K</t>
   </si>
   <si>
-    <t>#52 Alan Nunez - MLB</t>
+    <t>#51 Alan Nunez - MLB</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>UCL 35</t>
   </si>
   <si>
     <t>(11:32) 16-Rene Thames kicks 75 yards from UCL 35 to BAY -10. Touchback.</t>
   </si>
   <si>
     <t>#22 Joseph Davis - SS</t>
   </si>
   <si>
     <t>BAY 25</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BAY 25 (11:32) 27-Louis Martinez ran to BAY 25 for a short loss. Tackle by 36-Samuel Westfall.</t>
   </si>
   <si>
     <t>2-10-BAY 25 (10:51) 27-Louis Martinez ran to BAY 28 for 3 yards. Tackle by 98-Clarence Snider.</t>
   </si>
@@ -1178,51 +1178,51 @@
   <si>
     <t>#52 Augustine Alcorn - SLB</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>(1:08) 16-Rene Thames kicks 73 yards from UCL 35 to BAY -8. 20-John McMurray to BAY 14 for 23 yards. Tackle by 36-Samuel Westfall.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>BAY 14</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BAY 14 (1:05) 27-Louis Martinez ran to BAY 23 for 9 yards. Tackle by 28-Joseph Marquez.</t>
   </si>
   <si>
-    <t>#64 Eric Flores - RDE</t>
+    <t>#90 Eric Flores - RDE</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-1-BAY 23 (0:27) 32-Alfonso Peterson ran to BAY 23 for a short loss. Tackle by 77-John Bales.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 16-Rene Thames kicks 73 yards from UCL 35 to BAY -8. 20-John McMurray to BAY 14 for 23 yards. Tackle by 36-Samuel Westfall.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>1-10-BAY 14 (14:57) 27-Louis Martinez ran to BAY 16 for 1 yards. Tackle by 92-Leslie Toy.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>