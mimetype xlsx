--- v0 (2025-10-18)
+++ v1 (2026-01-08)
@@ -293,102 +293,102 @@
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Brian Hopkins kicks 75 yards from MIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>#47 Glenn Diaz - RB</t>
   </si>
   <si>
     <t>#69 James Maguire - RDE</t>
   </si>
   <si>
     <t>#38 Joe Williams - SS</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
-    <t>#66 Richard Kennedy - RDE</t>
+    <t>#93 Richard Kennedy - RDE</t>
   </si>
   <si>
     <t>#42 Larry Lopez - FS</t>
   </si>
   <si>
     <t>#58 Chester Middleton - SLB</t>
   </si>
   <si>
     <t>#27 Glenn Judge - CB</t>
   </si>
   <si>
     <t>#93 David Anderson - SLB</t>
   </si>
   <si>
     <t>#58 Joseph Harrison - LDE</t>
   </si>
   <si>
     <t>#92 Richard Buckle - MLB</t>
   </si>
   <si>
     <t>#10 Brian Hopkins - K</t>
   </si>
   <si>
     <t>ALA</t>
   </si>
   <si>
     <t>ALA 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ALA 25 (15:00) 47-Glenn Diaz ran to ALA 35 for 10 yards. Tackle by 31-Frank Carr.</t>
   </si>
   <si>
     <t>#10 Joseph Hale - QB</t>
   </si>
   <si>
     <t>#88 John Hardesty - TE</t>
   </si>
   <si>
     <t>#86 Donald Garrett - WR</t>
   </si>
   <si>
     <t>#87 Jon Ross - WR</t>
   </si>
   <si>
-    <t>#14 Gilbert Swanigan - WR</t>
+    <t>#19 Gilbert Swanigan - WR</t>
   </si>
   <si>
     <t>#58 Jarrod Rico - LT</t>
   </si>
   <si>
     <t>#53 Bruce Hudson - LG</t>
   </si>
   <si>
     <t>#67 Patrick Terry - LT</t>
   </si>
   <si>
     <t>#76 Justin Graf - RT</t>
   </si>
   <si>
     <t>#60 Joseph Rogers - RT</t>
   </si>
   <si>
     <t>#63 Stephen Padilla - LDE</t>
   </si>
   <si>
     <t>#58 Stephen Ware - DT</t>
   </si>
   <si>
     <t>#53 Christopher Livermore - RDE</t>
   </si>