--- v1 (2026-01-08)
+++ v2 (2026-03-18)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Brian Hopkins kicks 75 yards from MIN 35 to ALA -10. Touchback.</t>
   </si>
   <si>
     <t>#47 Glenn Diaz - RB</t>
   </si>
   <si>
     <t>#69 James Maguire - RDE</t>
   </si>
   <si>
     <t>#38 Joe Williams - SS</t>
   </si>
   <si>
     <t>#63 Erin Hale - LDE</t>
   </si>
   <si>
     <t>#93 Richard Kennedy - RDE</t>
   </si>
   <si>
     <t>#42 Larry Lopez - FS</t>
   </si>
   <si>
-    <t>#58 Chester Middleton - SLB</t>
+    <t>#55 Chester Middleton - SLB</t>
   </si>
   <si>
     <t>#27 Glenn Judge - CB</t>
   </si>
   <si>
     <t>#93 David Anderson - SLB</t>
   </si>
   <si>
     <t>#58 Joseph Harrison - LDE</t>
   </si>
   <si>
     <t>#92 Richard Buckle - MLB</t>
   </si>
   <si>
     <t>#10 Brian Hopkins - K</t>
   </si>
   <si>
     <t>ALA</t>
   </si>
   <si>
     <t>ALA 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>