--- v0 (2025-10-22)
+++ v1 (2025-12-22)
@@ -599,57 +599,57 @@
   <si>
     <t>#82 Harry Nichols - TE</t>
   </si>
   <si>
     <t>#88 David Sheppard - TE</t>
   </si>
   <si>
     <t>#71 Lewis Olson - LT</t>
   </si>
   <si>
     <t>#56 Robert House - LG</t>
   </si>
   <si>
     <t>#78 Bobby Brooks - LG</t>
   </si>
   <si>
     <t>#51 Steven Mounts - RG</t>
   </si>
   <si>
     <t>#77 Jeremy Gentry - RT</t>
   </si>
   <si>
     <t>#74 Kevin Haines - DT</t>
   </si>
   <si>
-    <t>#63 Eric Inglis - DT</t>
+    <t>#58 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
-    <t>#58 Douglas Peters - WLB</t>
+    <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>AUB 21</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-AUB 21 (9:20) PENALTY - False Start (VAN 27-Drew Price)</t>
   </si>
   <si>
     <t>AUB 26</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-15-AUB 26 (9:20) 46-Robert Crawford ran to AUB 22 for 4 yards. Tackle by 91-Robert Austin.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>