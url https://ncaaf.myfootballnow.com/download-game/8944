--- v1 (2025-12-22)
+++ v2 (2026-01-20)
@@ -1301,51 +1301,51 @@
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>AUB 10</t>
   </si>
   <si>
     <t>1-10-AUB 10 (0:03) 4-Michael Burger 28 yard field goal is GOOD. VAN 10 AUB 0</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Burger kicks 73 yards from VAN 35 to AUB -8. 34-James Cameron to AUB 13 for 21 yards. Tackle by 36-Scott Robinson.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>AUB 13</t>
   </si>
   <si>
     <t>1-10-AUB 13 (14:57) 37-Nathan Bosley ran to AUB 14 for 1 yards. Tackle by 96-Aurelio Black.</t>
   </si>
   <si>
-    <t>#97 Ralph Vaughan - DT</t>
+    <t>#56 Ralph Vaughan - DT</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-9-AUB 14 (14:12) 37-Nathan Bosley ran to AUB 15 for 2 yards. Tackle by 55-Charles Prather.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>3-7-AUB 15 (13:33) 37-Nathan Bosley ran to AUB 15 for -1 yards. Tackle by 63-Eric Inglis.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>4-8-AUB 15 (13:00) 6-Timothy Hall punts 50 yards to VAN 36. 81-Barry Schumaker to VAN 41 for 5 yards. Tackle by 25-John Cruz. AUB 25-John Cruz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>