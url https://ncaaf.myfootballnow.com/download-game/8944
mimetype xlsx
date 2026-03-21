--- v2 (2026-01-20)
+++ v3 (2026-03-21)
@@ -371,51 +371,51 @@
   <si>
     <t>#13 Sean Aurand - WR</t>
   </si>
   <si>
     <t>#77 Richard Wilkins - LT</t>
   </si>
   <si>
     <t>#50 Joel Hannon - LG</t>
   </si>
   <si>
     <t>#69 Ronald Kimball - C</t>
   </si>
   <si>
     <t>#76 Arthur Sanchez - RG</t>
   </si>
   <si>
     <t>#72 John Ortega - RT</t>
   </si>
   <si>
     <t>#95 Kevin Phillips - LDE</t>
   </si>
   <si>
     <t>#91 Robert Austin - DT</t>
   </si>
   <si>
-    <t>#70 Brian Duke - DT</t>
+    <t>#63 Brian Duke - DT</t>
   </si>
   <si>
     <t>#90 Alberto Kennedy - RDE</t>
   </si>
   <si>
     <t>#53 Raymond Hersey - MLB</t>
   </si>
   <si>
     <t>#97 William Murley - WLB</t>
   </si>
   <si>
     <t>#25 John Cruz - CB</t>
   </si>
   <si>
     <t>#23 Joseph Richards - CB</t>
   </si>
   <si>
     <t>#27 David Gonzalez - CB</t>
   </si>
   <si>
     <t>#44 Charles Zamora - SS</t>
   </si>
   <si>
     <t>#35 Matthew Turner - SS</t>
   </si>
@@ -575,75 +575,75 @@
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>AUB 20</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-AUB 20 (9:24) 37-Nathan Bosley ran to AUB 22 for 2 yards. 37-Nathan Bosley FUMBLES (36-Scott Robinson) recovered by VAN-39-Shelby Olivares at AUB 21. Tackle by 41-Billy Ramos. AUB 88-David Sheppard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Robert Jones - QB</t>
   </si>
   <si>
     <t>#41 Nathan Bosley - RB</t>
   </si>
   <si>
     <t>#34 James Cameron - RB</t>
   </si>
   <si>
     <t>#41 Billy Ramos - FB</t>
   </si>
   <si>
-    <t>#82 Harry Nichols - TE</t>
+    <t>#88 Harry Nichols - TE</t>
   </si>
   <si>
     <t>#88 David Sheppard - TE</t>
   </si>
   <si>
     <t>#71 Lewis Olson - LT</t>
   </si>
   <si>
     <t>#56 Robert House - LG</t>
   </si>
   <si>
     <t>#78 Bobby Brooks - LG</t>
   </si>
   <si>
     <t>#51 Steven Mounts - RG</t>
   </si>
   <si>
     <t>#77 Jeremy Gentry - RT</t>
   </si>
   <si>
     <t>#74 Kevin Haines - DT</t>
   </si>
   <si>
-    <t>#58 Eric Inglis - DT</t>
+    <t>#68 Eric Inglis - DT</t>
   </si>
   <si>
     <t>#54 David Long - MLB</t>
   </si>
   <si>
     <t>#90 Douglas Peters - WLB</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>AUB 21</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-AUB 21 (9:20) PENALTY - False Start (VAN 27-Drew Price)</t>
   </si>
   <si>
     <t>AUB 26</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>