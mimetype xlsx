--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -536,54 +536,54 @@
   <si>
     <t>#76 Rashad McCray - RG</t>
   </si>
   <si>
     <t>#60 Donald Wright - C</t>
   </si>
   <si>
     <t>#69 Delbert Cassidy - RG</t>
   </si>
   <si>
     <t>#62 Arturo Graham - RT</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
   <si>
     <t>#51 Nelson Elkins - SLB</t>
   </si>
   <si>
     <t>#91 Ronald Gillette - MLB</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
-[...2 lines deleted...]
-    <t>#45 Rafael Prichard - CB</t>
+    <t>#62 Blake Lorenz - RDE</t>
+  </si>
+  <si>
+    <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
     <t>#33 Lawrence McLaughlin - SS</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Wis 33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-9-Wis 33 (13:24) 26-Saul Roberts ran to Wis 33 for -1 yards. Tackle by 96-Allen Elston.</t>
   </si>
   <si>
     <t>#18 Thomas Regalado - WR</t>
   </si>
   <si>
     <t>#60 Jeffery Fidler - C</t>
   </si>