--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -359,84 +359,84 @@
   <si>
     <t>#32 Chris Marshall - RB</t>
   </si>
   <si>
     <t>#41 Ronald Castro - FB</t>
   </si>
   <si>
     <t>#16 William Miller - WR</t>
   </si>
   <si>
     <t>#80 Stanley Stinson - WR</t>
   </si>
   <si>
     <t>#89 Brandon Wood - WR</t>
   </si>
   <si>
     <t>#73 Matthew Mercer - LT</t>
   </si>
   <si>
     <t>#66 Lawrence Stewart - LG</t>
   </si>
   <si>
     <t>#65 Thomas Patten - C</t>
   </si>
   <si>
-    <t>#61 William Clow - RG</t>
+    <t>#62 William Clow - RG</t>
   </si>
   <si>
     <t>#74 Jesse Richardson - RT</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#93 Freddie Drake - DT</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
     <t>#98 Nicolas Lowe - SLB</t>
   </si>
   <si>
     <t>#59 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#34 Kevin Bradshaw - CB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#24 Juan Moran - CB</t>
   </si>
   <si>
-    <t>#22 Leonard Gerken - FS</t>
+    <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#39 Vincent Green - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>LSU 27</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-8-LSU 27 (14:20) 5-Matthew Malone pass Pass knocked down by 22-Leonard Gerken. incomplete, intended for 80-Stanley Stinson.</t>
   </si>
   <si>
     <t>#96 Dannie Pineda - DT</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
@@ -818,51 +818,51 @@
   <si>
     <t>3-2-LSU 39 (6:12) 40-Paul Cox ran to LSU 38 for 1 yards. Tackle by 92-Jose Mucha.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>LSU 38</t>
   </si>
   <si>
     <t>4-1-LSU 38 (5:36) 17-Javier Lichtenstein 56 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
     <t>#50 Richard George - LT</t>
   </si>
   <si>
     <t>#68 James Moore - RT</t>
   </si>
   <si>
     <t>#51 Raymond McDevitt - RDE</t>
   </si>
   <si>
-    <t>#93 Jay Arrington - DT</t>
+    <t>#67 Jay Arrington - DT</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>LSU 45</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-LSU 45 (5:32) 5-Matthew Malone pass complete to 38-Chris Marshall to ARK 44 for 11 yards. Tackle by 27-John Selby. PENALTY - Pass Interference (ARK 51-Justin Davison) (Declined)</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>ARK 44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-ARK 44 (5:27) 38-Chris Marshall ran to ARK 33 for 11 yards. Tackle by 27-John Selby.</t>
   </si>
@@ -2273,51 +2273,51 @@
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>