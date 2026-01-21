--- v1 (2025-12-22)
+++ v2 (2026-01-21)
@@ -623,51 +623,51 @@
   <si>
     <t>#6 Jules Garner - QB</t>
   </si>
   <si>
     <t>#26 Carol Chavez - RB</t>
   </si>
   <si>
     <t>#87 Steven Mattox - TE</t>
   </si>
   <si>
     <t>#13 Juan Jantzen - WR</t>
   </si>
   <si>
     <t>#80 Dan Farmer - WR</t>
   </si>
   <si>
     <t>#66 Johnny Giddings - LT</t>
   </si>
   <si>
     <t>#61 Norman Ramos - LG</t>
   </si>
   <si>
     <t>#60 Kurtis Drummond - C</t>
   </si>
   <si>
-    <t>#79 Nicholas Green - RG</t>
+    <t>#79 Nicholas Green - RT</t>
   </si>
   <si>
     <t>#77 Anthony Lawton - RT</t>
   </si>
   <si>
     <t>#95 Wayne Jenkins - DT</t>
   </si>
   <si>
     <t>#90 Ricky Linder - DT</t>
   </si>
   <si>
     <t>#92 Jose Mucha - SLB</t>
   </si>
   <si>
     <t>#30 Thomas Brown - CB</t>
   </si>
   <si>
     <t>#28 Lawrence Paxton - FS</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>ARK 17</t>
   </si>