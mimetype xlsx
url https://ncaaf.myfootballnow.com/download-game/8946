--- v2 (2026-01-21)
+++ v3 (2026-03-23)
@@ -377,51 +377,51 @@
   <si>
     <t>#66 Lawrence Stewart - LG</t>
   </si>
   <si>
     <t>#65 Thomas Patten - C</t>
   </si>
   <si>
     <t>#62 William Clow - RG</t>
   </si>
   <si>
     <t>#74 Jesse Richardson - RT</t>
   </si>
   <si>
     <t>#52 Charlie Jobe - RDE</t>
   </si>
   <si>
     <t>#93 Freddie Drake - DT</t>
   </si>
   <si>
     <t>#65 Kyle Dunagan - RDE</t>
   </si>
   <si>
     <t>#98 Nicolas Lowe - SLB</t>
   </si>
   <si>
-    <t>#59 David Rao - MLB</t>
+    <t>#53 David Rao - MLB</t>
   </si>
   <si>
     <t>#53 Justin Davison - WLB</t>
   </si>
   <si>
     <t>#34 Kevin Bradshaw - CB</t>
   </si>
   <si>
     <t>#27 John Selby - CB</t>
   </si>
   <si>
     <t>#24 Juan Moran - CB</t>
   </si>
   <si>
     <t>#3 Leonard Gerken - SS</t>
   </si>
   <si>
     <t>#39 Vincent Green - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>LSU 27</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-ARK 26 (12:43) 38-Chris Marshall ran to ARK 16 for 9 yards. Tackle by 30-Brandon Farley.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>ARK 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-ARK 16 (11:56) 22-David Clark ran to ARK 18 for -1 yards. Tackle by 27-John Selby. PENALTY - Offsides (ARK 94-Willie Duke)</t>
   </si>
   <si>
     <t>#41 Stephen Kiely - RB</t>
   </si>
   <si>
-    <t>#88 Josue Torres - TE</t>
+    <t>#86 Josue Torres - TE</t>
   </si>
   <si>
     <t>#94 Willie Duke - LDE</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>ARK 11</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-ARK 11 (11:54) 5-Matthew Malone pass complete to 12-Brandon Wood to ARK 1 for 10 yards. Tackle by 27-John Selby.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>ARK 1</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-2-LSU 39 (6:12) 40-Paul Cox ran to LSU 38 for 1 yards. Tackle by 92-Jose Mucha.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>LSU 38</t>
   </si>
   <si>
     <t>4-1-LSU 38 (5:36) 17-Javier Lichtenstein 56 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#70 Ron Noggle - RG</t>
   </si>
   <si>
     <t>#50 Richard George - LT</t>
   </si>
   <si>
     <t>#68 James Moore - RT</t>
   </si>
   <si>
-    <t>#51 Raymond McDevitt - RDE</t>
+    <t>#57 Raymond McDevitt - RDE</t>
   </si>
   <si>
     <t>#67 Jay Arrington - DT</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>LSU 45</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-LSU 45 (5:32) 5-Matthew Malone pass complete to 38-Chris Marshall to ARK 44 for 11 yards. Tackle by 27-John Selby. PENALTY - Pass Interference (ARK 51-Justin Davison) (Declined)</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>ARK 44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>