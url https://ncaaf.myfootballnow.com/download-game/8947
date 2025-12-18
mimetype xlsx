--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -383,51 +383,51 @@
   <si>
     <t>#60 Hiram Rhoades - LT</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#69 Leroy Gomez - DT</t>
   </si>
   <si>
     <t>#64 Arnold Cameron - DT</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>
   <si>
     <t>#66 Franklin Gay - RDE</t>
   </si>
   <si>
     <t>#93 Noel Bell - SLB</t>
   </si>
   <si>
     <t>#91 Neal White - SLB</t>
   </si>
   <si>
-    <t>#99 Kenneth Nelson - WLB</t>
+    <t>#94 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#46 Charles Hale - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-HOU 25 (14:59) 10-Raymond Ringo pass complete to 84-Michael McLean to HOU 36 for 11 yards. Tackle by 24-George Richards.</t>
   </si>
   <si>
     <t>#81 Charles Stukes - WR</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>#60 Marvin Musick - LG</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>HOU 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-HOU 42 (12:24) 1-Percy McKinney punts 63 yards to IST -4.4-5-HOU 42 (12:24) 1-Percy McKinney punts 63 yards to IST -4. Touchback.</t>
   </si>
   <si>
     <t>#1 Percy McKinney - P</t>
   </si>
   <si>
     <t>#82 Jesse Levingston - WR</t>
   </si>
   <si>
-    <t>#27 William Russell - CB</t>
+    <t>#48 William Russell - CB</t>
   </si>
   <si>
     <t>#30 Charles Kehoe - SS</t>
   </si>
   <si>
     <t>#73 Richard Ward - RT</t>
   </si>
   <si>
     <t>#57 Antonio Godwin - LT</t>
   </si>
   <si>
     <t>#51 Reid Whaley - RG</t>
   </si>
   <si>
     <t>#55 Alton Benson - RDE</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>IST 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>#62 Ricky Benjamin - LG</t>
   </si>
   <si>
     <t>#72 Charles Melgar - C</t>
   </si>
   <si>
     <t>#99 Charles Cooper - DT</t>
   </si>
   <si>
     <t>#75 Robert Alderman - RDE</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>HOU 1</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-HOU 1 (7:47) 26-Jared Spurgeon ran to HOU 6 for 6 yards. Tackle by 90-Joshua Woods.</t>
   </si>
   <si>
-    <t>#98 Keith Bland - SLB</t>
+    <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
     <t>#90 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>HOU 6</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-4-HOU 6 (7:05) 26-Jared Spurgeon ran to HOU 6 for a short loss. Tackle by 53-Noel Bell.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>3-5-HOU 6 (6:32) 10-Raymond Ringo pass INTERCEPTED by 24-George Richards at HOU 13. 24-George Richards to HOU 0 for 13 yards. TOUCHDOWN! Pressure by 71-Leroy Griffith. 24-George Richards got away with a hold on that play. HOU 0 IST 6</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
@@ -1490,51 +1490,51 @@
   <si>
     <t>2-2-IST 49 (10:05) PENALTY - False Start (HOU 62-Michael Wilder)</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>2-7-HOU 46 (10:05) 10-Raymond Ringo pass complete to 35-Richard Schulze to IST 23 for 31 yards.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>1-10-IST 23 (9:25) 26-Jared Spurgeon ran to IST 6 for 17 yards. Tackle by 46-Charles Hale.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>IST 6</t>
   </si>
   <si>
     <t>1-6-IST 6 (8:45) 25-Michael Frazee ran to IST 1 for 5 yards. 25-Michael Frazee FUMBLES (49-Stephen Moye) recovered by IST-99-Kenneth Nelson to IST 9 for 9 yards. Tackle by 70-Samuel Collins.</t>
   </si>
   <si>
-    <t>#25 Michael Frazee - RB</t>
+    <t>#47 Michael Frazee - RB</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>IST 9</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-IST 9 (8:38) 9-Scott Gallardo pass Pass knocked down by 90-Stephen Maddix. incomplete, intended for 83-Benjamin Marino.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>2-10-IST 9 (8:36) 33-Erwin Miller ran to IST 10 for 1 yards. Tackle by 53-Darrell Robicheaux.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>3-9-IST 10 (7:59) 9-Scott Gallardo pass Pass knocked down by 24-Michael Lopez. incomplete, intended for 87-Barry Manchester. Pressure by 56-Leon Barber.</t>
   </si>