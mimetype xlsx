--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -335,90 +335,90 @@
   <si>
     <t>#54 Michael Rodriguez - WLB</t>
   </si>
   <si>
     <t>#10 Christopher Oliver - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 10-Raymond Ringo pass incomplete, intended for 87-Robert Ford.</t>
   </si>
   <si>
     <t>#10 Raymond Ringo - QB</t>
   </si>
   <si>
-    <t>#42 Jared Spurgeon - RB</t>
+    <t>#42 Jared Spurgeon - FB</t>
   </si>
   <si>
     <t>#24 Robert Digregorio - FB</t>
   </si>
   <si>
     <t>#87 Robert Ford - TE</t>
   </si>
   <si>
     <t>#82 Antonio Salls - TE</t>
   </si>
   <si>
     <t>#63 Calvin King - LT</t>
   </si>
   <si>
     <t>#62 Michael Wilder - LG</t>
   </si>
   <si>
     <t>#70 Samuel Collins - LG</t>
   </si>
   <si>
     <t>#67 Jacob Pascua - RG</t>
   </si>
   <si>
     <t>#60 Hiram Rhoades - LT</t>
   </si>
   <si>
     <t>#73 Leroy Griffith - LDE</t>
   </si>
   <si>
     <t>#69 Leroy Gomez - DT</t>
   </si>
   <si>
     <t>#64 Arnold Cameron - DT</t>
   </si>
   <si>
     <t>#97 Vern Rene - DT</t>
   </si>
   <si>
-    <t>#66 Franklin Gay - RDE</t>
+    <t>#76 Franklin Gay - RDE</t>
   </si>
   <si>
     <t>#93 Noel Bell - SLB</t>
   </si>
   <si>
     <t>#91 Neal White - SLB</t>
   </si>
   <si>
     <t>#94 Kenneth Nelson - WLB</t>
   </si>
   <si>
     <t>#43 Richard Walthall - CB</t>
   </si>
   <si>
     <t>#24 George Richards - CB</t>
   </si>
   <si>
     <t>#46 Charles Hale - SS</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-IST 46 (9:27) 33-Erwin Miller ran to HOU 49 for 5 yards. Tackle by 44-Christopher Earley.</t>
   </si>
   <si>
     <t>#32 James Hopkins - SS</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-HOU 49 (8:44) 48-Richard Jones ran to HOU 47 for 2 yards. Tackle by 45-Fredrick Casey.</t>
   </si>
   <si>
-    <t>#33 Michael Hawkins - RB</t>
+    <t>#26 Michael Hawkins - RB</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-4-HOU 47 (8:00) 9-Scott Gallardo pass Pass knocked down by 23-Jose Land. incomplete, intended for 16-Andrew Carrier.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>4-4-HOU 47 (7:57) 14-Donald Gerace punts 47 yards to HOU 1.</t>
   </si>
   <si>
     <t>#14 Donald Gerace - P</t>
   </si>
   <si>
     <t>#80 Maurice Nehls - WR</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>#72 Charles Melgar - C</t>
   </si>
   <si>
     <t>#99 Charles Cooper - DT</t>
   </si>
   <si>
     <t>#75 Robert Alderman - RDE</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>HOU 1</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-HOU 1 (7:47) 26-Jared Spurgeon ran to HOU 6 for 6 yards. Tackle by 90-Joshua Woods.</t>
   </si>
   <si>
     <t>#91 Keith Bland - SLB</t>
   </si>
   <si>
-    <t>#90 Joshua Woods - WLB</t>
+    <t>#52 Joshua Woods - WLB</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
   <si>
     <t>HOU 6</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-4-HOU 6 (7:05) 26-Jared Spurgeon ran to HOU 6 for a short loss. Tackle by 53-Noel Bell.</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>3-5-HOU 6 (6:32) 10-Raymond Ringo pass INTERCEPTED by 24-George Richards at HOU 13. 24-George Richards to HOU 0 for 13 yards. TOUCHDOWN! Pressure by 71-Leroy Griffith. 24-George Richards got away with a hold on that play. HOU 0 IST 6</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>