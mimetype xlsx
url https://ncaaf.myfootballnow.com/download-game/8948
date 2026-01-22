--- v0 (2025-10-27)
+++ v1 (2026-01-22)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>AZS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARI</t>
   </si>
   <si>
     <t>ARI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-William Taylor kicks 75 yards from ARI 35 to AZS -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Patrick Taylor - RB</t>
   </si>
   <si>
-    <t>#97 Thomas Clark - WLB</t>
+    <t>#97 Thomas Clark - SLB</t>
   </si>
   <si>
     <t>#54 John Anderson - WLB</t>
   </si>
   <si>
     <t>#24 Clint Andrus - CB</t>
   </si>
   <si>
     <t>#69 Gerry Keller - LDE</t>
   </si>
   <si>
     <t>#93 Anthony Ingram - MLB</t>
   </si>
   <si>
     <t>#26 Joseph James - CB</t>
   </si>
   <si>
     <t>#37 Neville Warren - SS</t>
   </si>
   <si>
     <t>#53 Noel Garcia - MLB</t>
   </si>
   <si>
     <t>#63 Shaun Cody - LDE</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#77 Dennis Nilsen - RT</t>
   </si>
   <si>
     <t>#66 Robert Root - RDE</t>
   </si>
   <si>
     <t>#77 Clement Morton - DT</t>
   </si>
   <si>
     <t>#71 John Allen - RDE</t>
   </si>
   <si>
     <t>#92 Daniel Vera - SLB</t>
   </si>
   <si>
     <t>#55 Reuben Hebert - MLB</t>
   </si>
   <si>
     <t>#96 Eduardo Harris - WLB</t>
   </si>
   <si>
     <t>#20 James Anderson - CB</t>
   </si>
   <si>
-    <t>#29 Manuel Faulkner - CB</t>
+    <t>#44 Manuel Faulkner - CB</t>
   </si>
   <si>
     <t>#47 James Noble - CB</t>
   </si>
   <si>
     <t>#25 Michael Wingfield - SS</t>
   </si>
   <si>
     <t>#40 Berry Santana - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>AZS 40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-AZS 40 (14:18) 13-Caleb Williams pass complete to 17-Patrick Taylor to AZS 40 for a short loss. Tackle by 42-Berry Santana.</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>ARI 0</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-ARI 0 (8:05) 8-David Waid 19 yard field goal is GOOD. AZS 3 ARI 0</t>
   </si>
   <si>
     <t>#7 Willie Jernigan - QB</t>
   </si>
   <si>
     <t>#8 David Waid - K</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#71 Ronald Merrill - LG</t>
   </si>
   <si>
     <t>#72 Abel Blessing - RT</t>
   </si>
   <si>
     <t>#91 Gregory Robinson - SLB</t>
   </si>
   <si>
     <t>#91 Howard Parker - MLB</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>AZS 35</t>
   </si>
   <si>
     <t>(8:03) 8-David Waid kicks 74 yards from AZS 35 to ARI -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Floyd Cook - WR</t>
   </si>