--- v1 (2026-01-22)
+++ v2 (2026-02-21)
@@ -536,51 +536,51 @@
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-9-ARI 9 (10:12) 17-Patrick Taylor ran to ARI 3 for 6 yards. Tackle by 53-Daniel Vera. ARI 20-James Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>ARI 3</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-3-ARI 3 (9:25) 28-Ty Steele ran to ARI 1 for 2 yards. Tackle by 99-Mark Farrior. AZS 70-Joseph Robinson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#38 Kevin King - SS</t>
+    <t>#30 Kevin King - SS</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>ARI 1</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-ARI 1 (8:47) 28-Ty Steele ran to ARI 0 for 1 yards. Tackle by 96-Eduardo Harris.</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>ARI 0</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>#96 Robert Snowden - RDE</t>
   </si>
   <si>
     <t>#26 Daniel Lewis - CB</t>
   </si>
   <si>
     <t>#23 Derrick White - CB</t>
   </si>
   <si>
     <t>#40 Richard Izzo - CB</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-1-ARI 35 (7:26) 4-David Collins ran to ARI 32 for -2 yards. Tackle by 54-John Anderson.</t>
   </si>
   <si>
-    <t>#63 Jason Peterson - DT</t>
+    <t>#52 Jason Peterson - DT</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>ARI 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>3-3-ARI 32 (6:50) 37-Randy Viera ran to ARI 34 for 2 yards. Tackle by 96-Jason Peterson.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>ARI 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>