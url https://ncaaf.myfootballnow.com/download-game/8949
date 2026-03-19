--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -290,138 +290,138 @@
   <si>
     <t>MAR</t>
   </si>
   <si>
     <t>MAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Jim Rondeau kicks 76 yards from MAR 35 to PSt -11. Touchback.</t>
   </si>
   <si>
     <t>#26 Richard Brim - FS</t>
   </si>
   <si>
     <t>#89 Robert Quisenberry - WR</t>
   </si>
   <si>
     <t>#31 Mike Shepherd - SS</t>
   </si>
   <si>
-    <t>#78 Ernest Lindsay - DT</t>
+    <t>#95 Ernest Lindsay - DT</t>
   </si>
   <si>
     <t>#35 David Meadows - CB</t>
   </si>
   <si>
     <t>#43 Benjamin Cunningham - SS</t>
   </si>
   <si>
     <t>#20 William Zarate - CB</t>
   </si>
   <si>
     <t>#65 Ernest Stephenson - DT</t>
   </si>
   <si>
     <t>#91 Charles Erickson - DT</t>
   </si>
   <si>
     <t>#56 Robert Bush - RDE</t>
   </si>
   <si>
     <t>#53 Patrick Roth - MLB</t>
   </si>
   <si>
     <t>#16 Jim Rondeau - K</t>
   </si>
   <si>
     <t>PSt</t>
   </si>
   <si>
     <t>PSt 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PSt 25 (15:00) 47-Eric Webber ran to PSt 30 for 5 yards. Tackle by 33-Michael McLin.</t>
   </si>
   <si>
     <t>#16 Ronald Brigance - QB</t>
   </si>
   <si>
-    <t>#47 Eric Webber - RB</t>
+    <t>#48 Eric Webber - RB</t>
   </si>
   <si>
     <t>#20 Dean Limon - FB</t>
   </si>
   <si>
     <t>#87 Cedric Bynum - TE</t>
   </si>
   <si>
     <t>#88 Ian Rodgers - WR</t>
   </si>
   <si>
     <t>#77 Paul Carson - LT</t>
   </si>
   <si>
     <t>#55 Luke Stamper - LG</t>
   </si>
   <si>
     <t>#60 Joseph Whobrey - C</t>
   </si>
   <si>
     <t>#72 Mark Allen - RG</t>
   </si>
   <si>
     <t>#78 Dennis Sessions - RT</t>
   </si>
   <si>
     <t>#67 Robert Mason - LDE</t>
   </si>
   <si>
     <t>#64 Rodney Ward - DT</t>
   </si>
   <si>
     <t>#98 David Mouzon - DT</t>
   </si>
   <si>
     <t>#96 David Wheat - RDE</t>
   </si>
   <si>
     <t>#57 Michael Martin - SLB</t>
   </si>
   <si>
-    <t>#58 Stephen Short - MLB</t>
+    <t>#59 Stephen Short - MLB</t>
   </si>
   <si>
     <t>#90 Peter Barham - WLB</t>
   </si>
   <si>
     <t>#23 Melvin Payne - CB</t>
   </si>
   <si>
     <t>#28 William Larkin - CB</t>
   </si>
   <si>
     <t>#20 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#33 Michael McLin - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>PSt 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>3-4-MAR 20 (8:03) 32-Kevin Child ran to MAR 23 for 3 yards. Tackle by 53-Patrick Roth. 49-George Cruz completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>MAR 23</t>
   </si>
   <si>
     <t>4-1-MAR 23 (7:26) 17-Frank Karg punts 51 yards to PSt 26. Fair Catch by 43-Benjamin Cunningham.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>PSt 26</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-PSt 26 (7:19) 47-Eric Webber ran to PSt 29 for 3 yards. Tackle by 97-Peter Barham. PSt 78-Dennis Sessions was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#45 Aaron Montgomery - FS</t>
+    <t>#39 Aaron Montgomery - FS</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-7-PSt 29 (6:46) 47-Eric Webber ran to PSt 31 for 2 yards. Tackle by 58-Stephen Short.</t>
   </si>
   <si>
     <t>#85 George Gardner - TE</t>
   </si>
   <si>
     <t>#63 Dylan Robinson - RT</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>PSt 31</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>