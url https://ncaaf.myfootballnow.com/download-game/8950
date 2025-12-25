--- v0 (2025-10-28)
+++ v1 (2025-12-25)
@@ -380,51 +380,51 @@
   <si>
     <t>#63 Paul Coffey - RG</t>
   </si>
   <si>
     <t>#60 Joe Nixon - RT</t>
   </si>
   <si>
     <t>#66 William Martin - LDE</t>
   </si>
   <si>
     <t>#74 Charles Reynolds - DT</t>
   </si>
   <si>
     <t>#62 Gerardo Ross - DT</t>
   </si>
   <si>
     <t>#51 Derrick McKay - RDE</t>
   </si>
   <si>
     <t>#54 Troy Wimer - SLB</t>
   </si>
   <si>
     <t>#56 Chad Stillwell - MLB</t>
   </si>
   <si>
-    <t>#93 Jeremy Sutton - WLB</t>
+    <t>#57 Jeremy Sutton - WLB</t>
   </si>
   <si>
     <t>#45 Philip Ward - CB</t>
   </si>
   <si>
     <t>#40 James Rollins - CB</t>
   </si>
   <si>
     <t>#21 Thomas Farmer - SS</t>
   </si>
   <si>
     <t>#28 Todd Karg - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>OSt 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>