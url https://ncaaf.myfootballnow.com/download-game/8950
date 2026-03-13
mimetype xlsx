--- v1 (2025-12-25)
+++ v2 (2026-03-13)
@@ -353,54 +353,54 @@
   <si>
     <t>1-10-OSt 25 (15:00) 4-Ronald Oneill pass complete to 89-Carlos Galeano to OSt 28 for 3 yards. Tackle by 45-Philip Ward.</t>
   </si>
   <si>
     <t>#4 Ronald Oneill - QB</t>
   </si>
   <si>
     <t>#43 Russell Yowell - RB</t>
   </si>
   <si>
     <t>#36 Michael Bermudez - RB</t>
   </si>
   <si>
     <t>#44 Earl Wright - TE</t>
   </si>
   <si>
     <t>#14 Juan Kang - WR</t>
   </si>
   <si>
     <t>#73 Charles Due - LT</t>
   </si>
   <si>
     <t>#66 Jeremy Schlater - LT</t>
   </si>
   <si>
-    <t>#54 Herbert Krug - C</t>
-[...2 lines deleted...]
-    <t>#63 Paul Coffey - RG</t>
+    <t>#77 Herbert Krug - LG</t>
+  </si>
+  <si>
+    <t>#79 Paul Coffey - RG</t>
   </si>
   <si>
     <t>#60 Joe Nixon - RT</t>
   </si>
   <si>
     <t>#66 William Martin - LDE</t>
   </si>
   <si>
     <t>#74 Charles Reynolds - DT</t>
   </si>
   <si>
     <t>#62 Gerardo Ross - DT</t>
   </si>
   <si>
     <t>#51 Derrick McKay - RDE</t>
   </si>
   <si>
     <t>#54 Troy Wimer - SLB</t>
   </si>
   <si>
     <t>#56 Chad Stillwell - MLB</t>
   </si>
   <si>
     <t>#57 Jeremy Sutton - WLB</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>3-8-DUK 23 (8:08) 24-Scott Bradley ran to DUK 31 for 7 yards. Tackle by 37-Michael Moore.</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>DUK 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-DUK 31 (7:32) 16-Vernon Fuller punts 48 yards to OSt 21. Fair Catch by 89-Carlos Galeano.</t>
   </si>
   <si>
     <t>#16 Vernon Fuller - P</t>
   </si>
   <si>
     <t>#65 Warren Harvey - RG</t>
   </si>
   <si>
-    <t>#65 Scott Gillison - LT</t>
+    <t>#74 Scott Gillison - LT</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>OSt 21</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-OSt 21 (7:25) 24-Russell Yowell ran to OSt 30 for 9 yards. Tackle by 28-Todd Karg.</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>OSt 30</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>2-6-DUK 38 (2:31) 4-Ronald Oneill pass complete to 33-Michael Bermudez to DUK 27 for 11 yards. Tackle by 21-Thomas Farmer. OSt 33-Michael Bermudez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>DUK 27</t>
   </si>
   <si>
     <t>1-10-DUK 27 (1:52) 4-Ronald Oneill pass complete to 89-Carlos Galeano to DUK 25 for 2 yards. Tackle by 54-Troy Wimer.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>DUK 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-8-DUK 25 (1:15) 39-Gordon Gray ran to DUK 9 for 16 yards. Tackle by 45-Philip Ward.</t>
   </si>
   <si>
-    <t>#37 Joshua Canterbury - SS</t>
+    <t>#43 Joshua Canterbury - SS</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>DUK 9</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-9-DUK 9 (0:31) 24-Russell Yowell ran to DUK 10 for -1 yards. Tackle by 51-Derrick McKay.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>DUK 10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>