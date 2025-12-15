--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -641,51 +641,51 @@
   <si>
     <t>#85 Robert Miller - TE</t>
   </si>
   <si>
     <t>#71 Billy Macaulay - LT</t>
   </si>
   <si>
     <t>#61 Douglas Osteen - LG</t>
   </si>
   <si>
     <t>#73 Tommy Uhl - C</t>
   </si>
   <si>
     <t>#51 William Tellez - RG</t>
   </si>
   <si>
     <t>#62 Matthew Robinson - RT</t>
   </si>
   <si>
     <t>#90 Davis Russell - RDE</t>
   </si>
   <si>
     <t>#64 David Green - DT</t>
   </si>
   <si>
-    <t>#50 Donald Sipes - MLB</t>
+    <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Kan 31</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-Kan 31 (10:35) 2-Mark Drake pass complete to 34-Mark Hall to Kan 34 for 4 yards. Tackle by 46-Albert Sprayberry.</t>
   </si>
   <si>
     <t>#14 Richard Crippen - WR</t>
   </si>
   <si>
     <t>#12 John Diaz - WR</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>3-5-CIN 24 (6:08) 34-Mark Hall ran to CIN 22 for 2 yards. Tackle by 51-David Green.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>CIN 22</t>
   </si>
   <si>
     <t>4-4-CIN 22 (5:24) 3-Jason Hunt 41 yard field goal is GOOD. CIN 3 Kan 3</t>
   </si>
   <si>
     <t>#58 William Gainey - C</t>
   </si>
   <si>
     <t>#76 Robert Steele - LT</t>
   </si>
   <si>
     <t>#72 Daniel Mann - RT</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>
   <si>
-    <t>#58 Leon Morris - WLB</t>
+    <t>#98 Leon Morris - WLB</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>(5:21) 3-Jason Hunt kicks 62 yards from Kan 35 to CIN 3. 30-Enrique Bench to CIN 22 for 20 yards. Tackle by 35-James Logan.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 22 (5:17) 7-Shane Morris pass Pass knocked down by 43-Joseph Hernandez. incomplete, intended for 15-Kelly Mathis.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>2-10-CIN 22 (5:14) 7-Shane Morris pass Pass knocked down by 35-James Logan. incomplete, intended for 25-Gary Bartos.</t>
   </si>