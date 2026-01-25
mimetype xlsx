--- v1 (2025-12-15)
+++ v2 (2026-01-25)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>Kan</t>
   </si>
   <si>
     <t>Kan 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jason Hunt kicks 73 yards from Kan 35 to CIN -8. 30-Enrique Bench to CIN 25 for 34 yards. Tackle by 47-Robert Harris.</t>
   </si>
   <si>
-    <t>#30 Enrique Bench - RB</t>
+    <t>#45 Enrique Bench - RB</t>
   </si>
   <si>
     <t>#97 William Bradley - WLB</t>
   </si>
   <si>
     <t>#46 Albert Sprayberry - CB</t>
   </si>
   <si>
     <t>#78 William Meyer - RDE</t>
   </si>
   <si>
     <t>#49 Matthew Jones - SS</t>
   </si>
   <si>
     <t>#77 James Gallagher - DT</t>
   </si>
   <si>
     <t>#23 Donald Saxon - CB</t>
   </si>
   <si>
     <t>#53 Gene Wright - MLB</t>
   </si>
   <si>
     <t>#95 David Arce - DT</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#88 Michael Bishop - TE</t>
   </si>
   <si>
     <t>#86 John Lannon - FB</t>
   </si>
   <si>
     <t>#85 Robert Miller - TE</t>
   </si>
   <si>
     <t>#71 Billy Macaulay - LT</t>
   </si>
   <si>
     <t>#61 Douglas Osteen - LG</t>
   </si>
   <si>
     <t>#73 Tommy Uhl - C</t>
   </si>
   <si>
     <t>#51 William Tellez - RG</t>
   </si>
   <si>
     <t>#62 Matthew Robinson - RT</t>
   </si>
   <si>
-    <t>#90 Davis Russell - RDE</t>
+    <t>#69 Davis Russell - RDE</t>
   </si>
   <si>
     <t>#64 David Green - DT</t>
   </si>
   <si>
     <t>#55 Donald Sipes - MLB</t>
   </si>
   <si>
     <t>#40 John Hicks - CB</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Kan 31</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-Kan 31 (10:35) 2-Mark Drake pass complete to 34-Mark Hall to Kan 34 for 4 yards. Tackle by 46-Albert Sprayberry.</t>
   </si>