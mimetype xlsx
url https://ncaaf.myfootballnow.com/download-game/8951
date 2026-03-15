--- v2 (2026-01-25)
+++ v3 (2026-03-15)
@@ -362,51 +362,51 @@
   <si>
     <t>#23 Gary Bartos - RB</t>
   </si>
   <si>
     <t>#22 Robert Rodriguez - FB</t>
   </si>
   <si>
     <t>#10 John Medders - WR</t>
   </si>
   <si>
     <t>#84 Bernard Badger - WR</t>
   </si>
   <si>
     <t>#15 Kelly Mathis - WR</t>
   </si>
   <si>
     <t>#66 William Riddle - LT</t>
   </si>
   <si>
     <t>#78 Charles Washington - LG</t>
   </si>
   <si>
     <t>#60 Kevin Sutton - C</t>
   </si>
   <si>
-    <t>#53 Neal Pereira - LG</t>
+    <t>#66 Neal Pereira - LG</t>
   </si>
   <si>
     <t>#63 Frank Hunter - RG</t>
   </si>
   <si>
     <t>#67 Steve Stetson - LDE</t>
   </si>
   <si>
     <t>#70 Christopher Edwards - DT</t>
   </si>
   <si>
     <t>#98 John Fulkerson - DT</t>
   </si>
   <si>
     <t>#65 Christopher Delucia - RDE</t>
   </si>
   <si>
     <t>#98 Thomas Phillips - MLB</t>
   </si>
   <si>
     <t>#94 Donald Thresher - SLB</t>
   </si>
   <si>
     <t>#35 James Logan - CB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-Kan 5 (11:17) 4-Harry Rodgers 23 yard field goal is GOOD. CIN 3 Kan 0</t>
   </si>
   <si>
     <t>#1 Eric Tripp - P</t>
   </si>
   <si>
     <t>#66 Xavier Smith - C</t>
   </si>
   <si>
     <t>#4 Harry Rodgers - K</t>
   </si>
   <si>
     <t>#79 Michael Radel - RG</t>
   </si>
   <si>
     <t>#92 Robert Golden - MLB</t>
   </si>
   <si>
-    <t>#55 John Engleman - RG</t>
+    <t>#64 John Engleman - RG</t>
   </si>
   <si>
     <t>#53 Travis Choquette - MLB</t>
   </si>
   <si>
     <t>#65 Jonathan Dupree - DT</t>
   </si>
   <si>
     <t>#59 Shaun Keith - SLB</t>
   </si>
   <si>
     <t>#77 William Zamarripa - LDE</t>
   </si>
   <si>
     <t>#74 James Melton - DT</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>(11:15) 4-Harry Rodgers kicks 71 yards from CIN 35 to Kan -6. Touchback.</t>
   </si>
   <si>
     <t>#19 Mike McGinley - WR</t>
   </si>
@@ -686,51 +686,51 @@
   <si>
     <t>#14 Richard Crippen - WR</t>
   </si>
   <si>
     <t>#12 John Diaz - WR</t>
   </si>
   <si>
     <t>#31 Ryan Carlisle - CB</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>Kan 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-1-Kan 34 (10:00) 88-David Allen ran to Kan 44 for 9 yards. Tackle by 34-Henry Johnson.</t>
   </si>
   <si>
-    <t>#47 David Allen - RB</t>
+    <t>#35 David Allen - RB</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>Kan 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>1-10-Kan 44 (9:21) 34-Mark Hall ran to CIN 45 for 11 yards. Tackle by 34-Henry Johnson.</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>CIN 45</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-5-CIN 24 (6:08) 34-Mark Hall ran to CIN 22 for 2 yards. Tackle by 51-David Green.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>CIN 22</t>
   </si>
   <si>
     <t>4-4-CIN 22 (5:24) 3-Jason Hunt 41 yard field goal is GOOD. CIN 3 Kan 3</t>
   </si>
   <si>
     <t>#58 William Gainey - C</t>
   </si>
   <si>
     <t>#76 Robert Steele - LT</t>
   </si>
   <si>
     <t>#72 Daniel Mann - RT</t>
   </si>
   <si>
-    <t>#64 Loren Reynolds - RG</t>
+    <t>#63 Loren Reynolds - RG</t>
   </si>
   <si>
     <t>#98 Leon Morris - WLB</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>(5:21) 3-Jason Hunt kicks 62 yards from Kan 35 to CIN 3. 30-Enrique Bench to CIN 22 for 20 yards. Tackle by 35-James Logan.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 22 (5:17) 7-Shane Morris pass Pass knocked down by 43-Joseph Hernandez. incomplete, intended for 15-Kelly Mathis.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>