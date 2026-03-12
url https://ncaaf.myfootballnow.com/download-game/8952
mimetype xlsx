--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -371,51 +371,51 @@
   <si>
     <t>#62 John Dean - LT</t>
   </si>
   <si>
     <t>#67 Marcus Taylor - LG</t>
   </si>
   <si>
     <t>#63 Robert Brown - C</t>
   </si>
   <si>
     <t>#72 Matthew Shinn - RG</t>
   </si>
   <si>
     <t>#78 John Walker - RT</t>
   </si>
   <si>
     <t>#93 Ryan Turner - LDE</t>
   </si>
   <si>
     <t>#79 Michael Carrol - DT</t>
   </si>
   <si>
     <t>#67 George Conner - DT</t>
   </si>
   <si>
-    <t>#68 Robert Wilson - DT</t>
+    <t>#75 Robert Wilson - DT</t>
   </si>
   <si>
     <t>#99 Aaron Russell - WLB</t>
   </si>
   <si>
     <t>#95 Bruce Bright - MLB</t>
   </si>
   <si>
     <t>#90 Alex Slone - WLB</t>
   </si>
   <si>
     <t>#45 Morris Fields - CB</t>
   </si>
   <si>
     <t>#48 Timothy Simmons - CB</t>
   </si>
   <si>
     <t>#42 Philip Francis - FS</t>
   </si>
   <si>
     <t>#30 Frank Burchette - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>2-20-UNC 15 (14:24) 1-Frank Clay pass complete to 45-Neil Sand to UNC 17 for 2 yards. Tackle by 95-Bruce Bright. NCS 79-Michael Carrol was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>UNC 17</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-18-UNC 17 (13:46) 1-Frank Clay pass complete to 16-Gale Morales to UNC 32 for 15 yards. Tackle by 48-Timothy Simmons. Great move by 16-Gale Morales to get free of his coverage. UNC 77-Robert Brown was injured on the play. He looks like he should be able to return. NCS 45-Morris Fields was injured on the play. He looks like he should be able to return. PENALTY - Holding (UNC 77-Robert Brown) (Declined)</t>
   </si>
   <si>
     <t>#16 Gale Morales - WR</t>
   </si>
   <si>
     <t>#74 William Carpenter - DT</t>
   </si>
   <si>
-    <t>#40 Thomas Leong - CB</t>
+    <t>#48 Thomas Leong - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>UNC 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-UNC 32 (13:41) 19-Albert Lewis punts 52 yards to NCS 16. 14-Gerald Martin to NCS 31 for 15 yards. Tackle by 62-John Dean. NCS 91-Matthew Catlett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 Albert Lewis - P</t>
   </si>
   <si>
     <t>#67 Numbers Taylor - C</t>
   </si>
   <si>
     <t>#14 Gerald Martin - WR</t>
   </si>
@@ -527,93 +527,93 @@
   <si>
     <t>#54 William Stein - LT</t>
   </si>
   <si>
     <t>#73 Richard Childs - RG</t>
   </si>
   <si>
     <t>#78 Frederick Noble - C</t>
   </si>
   <si>
     <t>#62 William Ritchie - RG</t>
   </si>
   <si>
     <t>#75 Billy Emond - RT</t>
   </si>
   <si>
     <t>#70 William Larson - DT</t>
   </si>
   <si>
     <t>#42 Willie Settle - CB</t>
   </si>
   <si>
     <t>#35 Aaron Niles - CB</t>
   </si>
   <si>
-    <t>#24 Steven Barron - SS</t>
+    <t>#24 Steven Barron - FS</t>
   </si>
   <si>
     <t>#49 Charles Wilder - CB</t>
   </si>
   <si>
     <t>#22 Lamar Gray - SS</t>
   </si>
   <si>
     <t>#36 Joseph Brindle - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>NCS 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-3-NCS 38 (12:46) 35-Robert Lau ran to NCS 42 for 4 yards. Tackle by 35-Aaron Niles.</t>
   </si>
   <si>
-    <t>#36 George Lyons - RB</t>
+    <t>#31 George Lyons - RB</t>
   </si>
   <si>
     <t>#21 Max Chalk - FB</t>
   </si>
   <si>
-    <t>#87 Mark Klass - TE</t>
+    <t>#89 Mark Klass - TE</t>
   </si>
   <si>
     <t>#80 James Boswell - TE</t>
   </si>
   <si>
     <t>#76 Dylan Williams - LT</t>
   </si>
   <si>
-    <t>#50 Johnny Hart - SLB</t>
+    <t>#98 Johnny Hart - SLB</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>NCS 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NCS 42 (12:04) 35-Robert Lau ran to NCS 42 for a short gain. Tackle by 91-Thomas Orlandi. 21-Max Chalk completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -1775,51 +1775,51 @@
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>2-3-UNC 32 (4:44) 33-George Greene ran to UNC 33 for 1 yards. Tackle by 90-Alex Slone.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>3-2-UNC 33 (4:04) 1-Frank Clay pass incomplete, intended for 89-Luke Stamper.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>4-2-UNC 33 (4:02) 19-Albert Lewis punts 42 yards to NCS 25.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>1-10-NCS 25 (3:54) 35-Robert Lau ran to NCS 33 for 7 yards. Tackle by 42-Willie Settle.</t>
   </si>
   <si>
-    <t>#61 Kenneth Speciale - DT</t>
+    <t>#65 Kenneth Speciale - DT</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>2-3-NCS 33 (3:10) 49-Edward Melo ran to NCS 34 for 2 yards. Tackle by 90-Richard Lindsay.</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
     <t>3-1-NCS 34 (2:27) 35-Robert Lau ran to NCS 39 for 5 yards. Tackle by 52-John Howard.</t>
   </si>
   <si>
     <t>1-10-NCS 39 (2:00) 49-Edward Melo ran to NCS 40 for 1 yards. Tackle by 60-David Deschamps.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>Timeout UNC</t>
   </si>
   <si>
     <t>2-9-NCS 40 (1:56) 35-Robert Lau ran to NCS 40 for a short gain. Tackle by 61-Frank Reich.</t>
   </si>