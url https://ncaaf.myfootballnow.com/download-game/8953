--- v0 (2025-10-27)
+++ v1 (2025-12-28)
@@ -299,93 +299,93 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Ketchum kicks 74 yards from OMS 35 to NDI -9. Touchback.</t>
   </si>
   <si>
     <t>#38 Oliver Gonzales - RB</t>
   </si>
   <si>
     <t>#50 Johnnie Campbell - DT</t>
   </si>
   <si>
     <t>#28 Carlos Armstrong - CB</t>
   </si>
   <si>
     <t>#94 Dennis Roberson - DT</t>
   </si>
   <si>
     <t>#96 Joe Crosby - MLB</t>
   </si>
   <si>
     <t>#43 Brian Fonseca - FS</t>
   </si>
   <si>
-    <t>#32 Ricardo Aybar - SS</t>
+    <t>#42 Ricardo Aybar - SS</t>
   </si>
   <si>
     <t>#23 Gary Edwards - CB</t>
   </si>
   <si>
     <t>#48 James Martini - FS</t>
   </si>
   <si>
     <t>#15 Steven Menzel - WR</t>
   </si>
   <si>
     <t>#94 Kevin Corona - SLB</t>
   </si>
   <si>
     <t>#7 Steven Ketchum - K</t>
   </si>
   <si>
     <t>NDI</t>
   </si>
   <si>
     <t>NDI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NDI 25 (15:00) 38-Oliver Gonzales ran to NDI 27 for 2 yards. Tackle by 27-Kenneth Almaguer.</t>
   </si>
   <si>
     <t>#12 Bill Mann - QB</t>
   </si>
   <si>
     <t>#42 David Rice - TE</t>
   </si>
   <si>
     <t>#14 Samuel Conner - WR</t>
   </si>
   <si>
-    <t>#82 Raul Hughes - WR</t>
+    <t>#89 Raul Hughes - WR</t>
   </si>
   <si>
     <t>#77 Eric Sheets - LT</t>
   </si>
   <si>
     <t>#76 Everett Cole - LG</t>
   </si>
   <si>
     <t>#62 Francisco Gonzalez - C</t>
   </si>
   <si>
     <t>#74 James Russell - RG</t>
   </si>
   <si>
     <t>#63 Joseph Carter - RT</t>
   </si>
   <si>
     <t>#64 Joseph Wood - LDE</t>
   </si>
   <si>
     <t>#72 Hubert Peter - DT</t>
   </si>
   <si>
     <t>#75 Cesar Morgan - DT</t>
   </si>