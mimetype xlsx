--- v1 (2025-12-28)
+++ v2 (2026-03-11)
@@ -332,51 +332,51 @@
   <si>
     <t>#15 Steven Menzel - WR</t>
   </si>
   <si>
     <t>#94 Kevin Corona - SLB</t>
   </si>
   <si>
     <t>#7 Steven Ketchum - K</t>
   </si>
   <si>
     <t>NDI</t>
   </si>
   <si>
     <t>NDI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NDI 25 (15:00) 38-Oliver Gonzales ran to NDI 27 for 2 yards. Tackle by 27-Kenneth Almaguer.</t>
   </si>
   <si>
-    <t>#12 Bill Mann - QB</t>
+    <t>#11 Bill Mann - QB</t>
   </si>
   <si>
     <t>#42 David Rice - TE</t>
   </si>
   <si>
     <t>#14 Samuel Conner - WR</t>
   </si>
   <si>
     <t>#89 Raul Hughes - WR</t>
   </si>
   <si>
     <t>#77 Eric Sheets - LT</t>
   </si>
   <si>
     <t>#76 Everett Cole - LG</t>
   </si>
   <si>
     <t>#62 Francisco Gonzalez - C</t>
   </si>
   <si>
     <t>#74 James Russell - RG</t>
   </si>
   <si>
     <t>#63 Joseph Carter - RT</t>
   </si>
@@ -614,57 +614,57 @@
   <si>
     <t>#68 Andrew Robinson - LT</t>
   </si>
   <si>
     <t>#60 Jeramy Ramirez - LG</t>
   </si>
   <si>
     <t>#64 Walter Carroll - C</t>
   </si>
   <si>
     <t>#63 Edgar Lemons - RG</t>
   </si>
   <si>
     <t>#66 Kenneth Mott - RT</t>
   </si>
   <si>
     <t>#72 David Gualtieri - LDE</t>
   </si>
   <si>
     <t>#90 Aaron Nguyen - LDE</t>
   </si>
   <si>
     <t>#71 Pablo Wilson - RDE</t>
   </si>
   <si>
-    <t>#51 Scott Rodriguez - RDE</t>
+    <t>#76 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>#94 Henry Shivers - MLB</t>
   </si>
   <si>
-    <t>#49 Raymond Armstrong - CB</t>
+    <t>#34 Raymond Armstrong - CB</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>2-10-OMS 10 (9:25) 36-Levi Uy ran to OMS 25 for 15 yards. Tackle by 49-Raymond Armstrong. NDI 72-David Gualtieri was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>OMS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-OMS 25 (8:43) 36-Levi Uy ran to OMS 28 for 3 yards. Tackle by 32-Ricardo Aybar.</t>
   </si>
   <si>
     <t>8:00</t>
   </si>