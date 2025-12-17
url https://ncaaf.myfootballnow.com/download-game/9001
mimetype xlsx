--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -593,51 +593,51 @@
   <si>
     <t>#88 Joseph Santos - TE</t>
   </si>
   <si>
     <t>#72 Alfonso Welch - LT</t>
   </si>
   <si>
     <t>#68 Frank Terrill - LG</t>
   </si>
   <si>
     <t>#66 Steve Peet - C</t>
   </si>
   <si>
     <t>#71 Louie McCormick - RG</t>
   </si>
   <si>
     <t>#63 Steven Perry - RT</t>
   </si>
   <si>
     <t>#62 Gerardo Ross - DT</t>
   </si>
   <si>
     <t>#54 Troy Wimer - SLB</t>
   </si>
   <si>
-    <t>#93 Jeremy Sutton - WLB</t>
+    <t>#57 Jeremy Sutton - WLB</t>
   </si>
   <si>
     <t>#45 Philip Ward - CB</t>
   </si>
   <si>
     <t>#40 James Rollins - CB</t>
   </si>
   <si>
     <t>#21 Thomas Farmer - SS</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-USC 41 (10:49) 12-Timothy Farley pass INTERCEPTED by 58-Curtis Hamilton at USC 46. 58-Curtis Hamilton to USC 46 for -0 yards. Tackle by 88-Joseph Santos. PENALTY - Holding (USC 71-Louie McCormick) (Declined)</t>
   </si>
   <si>
     <t>#87 John Jones - WR</t>
   </si>