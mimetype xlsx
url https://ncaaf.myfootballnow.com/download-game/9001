--- v1 (2025-12-17)
+++ v2 (2026-01-14)
@@ -377,54 +377,54 @@
   <si>
     <t>#79 Nathan Brassell - C</t>
   </si>
   <si>
     <t>#63 Aaron Strickland - RG</t>
   </si>
   <si>
     <t>#54 Milton Barrera - RT</t>
   </si>
   <si>
     <t>#96 Allen Elston - LDE</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
   <si>
     <t>#53 Anthony Healey - LDE</t>
   </si>
   <si>
     <t>#91 Ronald Gillette - MLB</t>
   </si>
   <si>
-    <t>#90 Blake Lorenz - RDE</t>
-[...2 lines deleted...]
-    <t>#45 Rafael Prichard - CB</t>
+    <t>#62 Blake Lorenz - RDE</t>
+  </si>
+  <si>
+    <t>#21 Rafael Prichard - CB</t>
   </si>
   <si>
     <t>#38 John Melton - CB</t>
   </si>
   <si>
     <t>#93 Michael Tillman - WLB</t>
   </si>
   <si>
     <t>#28 David Eichhorn - SS</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>DUK 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>