--- v2 (2026-01-14)
+++ v3 (2026-03-15)
@@ -347,51 +347,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-DUK 25 (15:00) 1-Jorge Fredrickson pass complete to 15-Larry Perdomo to DUK 31 for 6 yards. Tackle by 31-Rafael Prichard.</t>
   </si>
   <si>
     <t>#1 Jorge Fredrickson - QB</t>
   </si>
   <si>
     <t>#24 Scott Bradley - RB</t>
   </si>
   <si>
     <t>#85 Robert Trujillo - TE</t>
   </si>
   <si>
     <t>#12 Thomas Pennington - WR</t>
   </si>
   <si>
     <t>#87 Benjamin Perez - WR</t>
   </si>
   <si>
-    <t>#65 Scott Gillison - LT</t>
+    <t>#74 Scott Gillison - LT</t>
   </si>
   <si>
     <t>#57 Wilfred Hudson - LG</t>
   </si>
   <si>
     <t>#79 Nathan Brassell - C</t>
   </si>
   <si>
     <t>#63 Aaron Strickland - RG</t>
   </si>
   <si>
     <t>#54 Milton Barrera - RT</t>
   </si>
   <si>
     <t>#96 Allen Elston - LDE</t>
   </si>
   <si>
     <t>#62 Steven Olaughlin - DT</t>
   </si>
   <si>
     <t>#69 Jimmie Bennett - DT</t>
   </si>
   <si>
     <t>#53 Anthony Healey - LDE</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-7-DUK 31 (5:24) 39-Joshua Beardsley ran to DUK 15 for 17 yards. Tackle by 21-Thomas Farmer.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>DUK 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DUK 15 (4:40) 46-Roy Richard ran for 15 yards. TOUCHDOWN! USC 6 DUK 6</t>
   </si>
   <si>
     <t>#33 Stuart Bush - RB</t>
   </si>
   <si>
-    <t>#37 Joshua Canterbury - SS</t>
+    <t>#43 Joshua Canterbury - SS</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>(4:34) Extra point GOOD by 11-Joseph Wheatley. USC 7 DUK 6</t>
   </si>
   <si>
     <t>#17 John Vazquez - QB</t>
   </si>
   <si>
     <t>#57 Sam Kennedy - LG</t>
   </si>
   <si>
     <t>#72 Shawn Yang - LT</t>
   </si>
   <si>
     <t>#67 Charles Baumgardner - C</t>
   </si>
   <si>
     <t>#96 James Berger - DT</t>
   </si>
   <si>
     <t>#94 Malcolm Borden - WLB</t>
   </si>