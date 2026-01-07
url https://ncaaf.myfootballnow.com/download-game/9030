--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -281,54 +281,54 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>GaT</t>
   </si>
   <si>
     <t>GaT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Jason Davis kicks 74 yards from GaT 35 to WVU -9. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
-[...2 lines deleted...]
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#22 Dale Farmer - WR</t>
+  </si>
+  <si>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#60 Jason Ingram - C</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#25 Brian Collins - RB</t>
   </si>
   <si>
     <t>#83 Andrew Jones - WR</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>WVU 14</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-21-WVU 14 (14:25) 11-Donnie Wright pass Pass knocked down by 93-Edward Siemens. incomplete, intended for 88-James Wunder.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-21-WVU 14 (14:22) 11-Donnie Wright pass Pass knocked down by 43-Stevie  Martin. incomplete, intended for 23-Arthur Bell. Pressure by 30-Anthony Vowels.</t>
   </si>
   <si>
-    <t>#56 William Holmes - WLB</t>
+    <t>#58 William Holmes - WLB</t>
   </si>
   <si>
     <t>#44 Michael Young - CB</t>
   </si>
   <si>
     <t>#30 Anthony Vowels - CB</t>
   </si>
   <si>
     <t>#21 Anthony Patterson - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-21-WVU 14 (14:17) 5-William Aten punts 46 yards to GaT 40. Fair Catch by 10-Tom Forrest.</t>
   </si>
   <si>
     <t>#5 William Aten - P</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>GaT 43</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-3-GaT 43 (6:25) 26-John Rodriguez ran to WVU 46 for 11 yards. Tackle by 36-Richard Brennan.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>WVU 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>1-10-WVU 46 (5:51) 1-Duane Hartz pass Pass knocked down by 93-Wayne Rodrigues. incomplete, intended for 32-Kevin James.</t>
   </si>
   <si>
-    <t>#82 Michael McIntyre - WR</t>
+    <t>#86 Michael McIntyre - WR</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>2-10-WVU 46 (5:47) 1-Duane Hartz pass complete to 32-Kevin James to WVU 47 for -1 yards. Tackle by 95-Cecil Hatter. Great move by 32-Kevin James to get free of his coverage.</t>
   </si>
   <si>
     <t>#95 Cecil Hatter - MLB</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>WVU 47</t>
   </si>
   <si>
     <t>3-11-WVU 47 (5:01) 1-Duane Hartz pass complete to 32-Kevin James to WVU 42 for 5 yards. Tackle by 94-Randall Smith.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>