--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WVU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>GaT</t>
   </si>
   <si>
     <t>GaT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Jason Davis kicks 74 yards from GaT 35 to WVU -9. Touchback.</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#60 Jason Ingram - C</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#81 Michael Carter - TE</t>
   </si>
   <si>
     <t>#25 Brian Collins - RB</t>
   </si>
@@ -533,93 +533,93 @@
   <si>
     <t>#36 Richard Brennan - CB</t>
   </si>
   <si>
     <t>#31 Justin Vanderbilt - CB</t>
   </si>
   <si>
     <t>#39 Jeffrey Olmeda - SS</t>
   </si>
   <si>
     <t>#35 Rudy Moss - SS</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-GaT 40 (13:29) 1-Duane Hartz pass Pass knocked down by 98-George Kaiser. incomplete, intended for 33-Richard Pryor.</t>
   </si>
   <si>
-    <t>#10 Jose Kraus - WR</t>
+    <t>#86 Jose Kraus - WR</t>
   </si>
   <si>
     <t>#32 Leo Wagner - CB</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-9-GaT 40 (13:25) 1-Duane Hartz pass Pass knocked down by 97-Edward Patterson. incomplete, intended for 84-Grant Moore. 98-George Kaiser got away with a hold on that play. GaT 73-Richard Cartwright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>4-9-GaT 40 (13:21) 8-Francis Bianchi punts 50 yards to WVU 10. 81-Donald Uecker to WVU 22 for 12 yards. Tackle by 65-Gregory Dellinger.</t>
   </si>
   <si>
     <t>#8 Francis Bianchi - P</t>
   </si>
   <si>
     <t>#79 Jack Benny - RG</t>
   </si>
   <si>
     <t>#31 Ira Jiminez - CB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>#30 Charles Bragdon - SS</t>
   </si>
   <si>
-    <t>#65 Gregory Dellinger - RG</t>
-[...2 lines deleted...]
-    <t>#64 David McElroy - RG</t>
+    <t>#71 Gregory Dellinger - RG</t>
+  </si>
+  <si>
+    <t>#68 David McElroy - RG</t>
   </si>
   <si>
     <t>#67 Mike Laughter - LT</t>
   </si>
   <si>
     <t>#56 Richard Slater - LG</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>WVU 22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-WVU 22 (13:12) 11-Donnie Wright pass incomplete, intended for 81-Donald Uecker.</t>
   </si>
   <si>
     <t>#24 Alexander Montgomery - RB</t>
   </si>