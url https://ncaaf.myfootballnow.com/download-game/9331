--- v0 (2025-10-17)
+++ v1 (2025-11-26)
@@ -305,51 +305,51 @@
   <si>
     <t>#33 Michael Astle - RB</t>
   </si>
   <si>
     <t>#62 Jeff Hood - RDE</t>
   </si>
   <si>
     <t>#40 Dallas Webster - CB</t>
   </si>
   <si>
     <t>#23 Simon Osorio - SS</t>
   </si>
   <si>
     <t>#57 Eric Luevano - WLB</t>
   </si>
   <si>
     <t>#99 Stephen Segal - LDE</t>
   </si>
   <si>
     <t>#93 Roger Alexander - LDE</t>
   </si>
   <si>
     <t>#42 Andres Lewis - CB</t>
   </si>
   <si>
-    <t>#53 Scott Young - SLB</t>
+    <t>#95 Scott Young - SLB</t>
   </si>
   <si>
     <t>#68 Jay Kendrick - LDE</t>
   </si>
   <si>
     <t>#20 Keith Waymire - FS</t>
   </si>
   <si>
     <t>#1 Marvin Allen - K</t>
   </si>
   <si>
     <t>Lou</t>
   </si>
   <si>
     <t>Lou 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-Lou 25 (15:00) 30-Rusty Case ran to Lou 29 for 4 yards. Tackle by 36-Richard Brennan.</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>
   <si>
     <t>#56 George Sommers - RT</t>
   </si>
   <si>
     <t>#92 Ronald Salinas - DT</t>
   </si>
   <si>
     <t>#96 Chester Huffman - DT</t>
   </si>
   <si>
     <t>#66 Taylor Hunt - RDE</t>
   </si>
   <si>
-    <t>#92 Robert Dobson - MLB</t>
+    <t>#93 Robert Dobson - MLB</t>
   </si>
   <si>
     <t>#39 Reuben Gonzales - CB</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-Lou 48 (12:14) 11-Donnie Wright pass complete to 81-Donald Uecker to Lou 47 for 1 yards. Tackle by 40-Dallas Webster.</t>
   </si>
   <si>
     <t>#88 Brian Vargas - TE</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>Lou 47</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-9-Lou 47 (11:33) 11-Donnie Wright pass complete to 23-Arthur Bell for 47 yards. TOUCHDOWN! WVU 6 Lou 0</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>Lou 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:25) Extra point GOOD by 1-Marvin Allen. WVU 7 Lou 0</t>
   </si>
   <si>
     <t>#10 David Medina - QB</t>
   </si>
   <si>
-    <t>#63 Keith Nesmith - RG</t>
+    <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#73 Nathan Kelly - LG</t>
   </si>
   <si>
     <t>#62 Anthony Roberts - LG</t>
   </si>
   <si>
     <t>#85 George Gardner - TE</t>
   </si>
   <si>
     <t>#41 Thomas Reynolds - FS</t>
   </si>
   <si>
     <t>#51 William Westfall - DT</t>
   </si>
   <si>
     <t>#59 George Conner - RDE</t>
   </si>
   <si>
     <t>(11:25) 1-Marvin Allen kicks 75 yards from WVU 35 to Lou -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>