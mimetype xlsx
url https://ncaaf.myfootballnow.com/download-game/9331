--- v1 (2025-11-26)
+++ v2 (2025-12-22)
@@ -428,51 +428,51 @@
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>Lou 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-6-Lou 29 (14:26) 30-Rusty Case ran to Lou 35 for 6 yards. Tackle by 45-Aaron Montgomery.</t>
   </si>
   <si>
     <t>#82 Richard Maher - WR</t>
   </si>
   <si>
     <t>#37 Thomas Andrews - CB</t>
   </si>
   <si>
     <t>#31 Ira Jiminez - CB</t>
   </si>
   <si>
-    <t>#45 Aaron Montgomery - FS</t>
+    <t>#39 Aaron Montgomery - FS</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Lou 35</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-Lou 35 (13:43) 16-Anthony Rivera pass Pass knocked down by 32-Leo Wagner. incomplete, intended for 84-Travis Thomas.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>3-5-Lou 41 (13:02) 16-Anthony Rivera pass INTERCEPTED by 91-Nestor Wendell at Lou 48. 91-Nestor Wendell to Lou 48 for 0 yards. Tackle by 44-Hai Longo.</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>Lou 48</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-Lou 48 (12:59) 21-Dale Farmer ran to Lou 48 for a short loss. Tackle by 99-Stephen Segal.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
     <t>#83 Andrew Jones - WR</t>
   </si>
   <si>
     <t>#81 Donald Uecker - WR</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>3-6-Lou 29 (10:09) 30-Rusty Case ran to Lou 33 for 4 yards. Tackle by 78-Peter Brown.</t>
   </si>
   <si>
     <t>#70 Herbert Pierson - LT</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>Lou 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-Lou 33 (9:26) 6-Terry Marcos punts 50 yards to WVU 18. 81-Donald Uecker to WVU 25 for 8 yards. Tackle by 99-Stephen Segal.</t>
   </si>
   <si>
     <t>#6 Terry Marcos - P</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#58 Taylor Fuller - C</t>
   </si>
   <si>
     <t>#55 Houston Tyson - MLB</t>
   </si>
   <si>
     <t>#95 Cecil Hatter - MLB</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>WVU 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-WVU 25 (9:18) 11-Donnie Wright pass Pass knocked down by 40-Dallas Webster. incomplete, intended for 26-Alexander Montgomery. 23-Simon Osorio got away with a hold on that play.</t>
   </si>
   <si>
     <t>#24 Alexander Montgomery - RB</t>
   </si>