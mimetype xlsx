--- v2 (2025-12-22)
+++ v3 (2026-02-24)
@@ -356,51 +356,51 @@
   <si>
     <t>#7 Anthony Rivera - QB</t>
   </si>
   <si>
     <t>#30 Rusty Case - RB</t>
   </si>
   <si>
     <t>#35 William Rivera - FB</t>
   </si>
   <si>
     <t>#87 Leonard Donaldson - TE</t>
   </si>
   <si>
     <t>#83 Elton Hatcher - WR</t>
   </si>
   <si>
     <t>#84 Travis Thomas - WR</t>
   </si>
   <si>
     <t>#72 Richard Parish - LT</t>
   </si>
   <si>
     <t>#71 Roy Elliott - LG</t>
   </si>
   <si>
-    <t>#51 Peter Tews - C</t>
+    <t>#54 Peter Tews - C</t>
   </si>
   <si>
     <t>#63 Robert Poole - LG</t>
   </si>
   <si>
     <t>#61 Fredrick Michelson - RT</t>
   </si>
   <si>
     <t>#74 Kevin Wessels - DT</t>
   </si>
   <si>
     <t>#69 Jean Johnson - DT</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
     <t>#97 George Kaiser - MLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>3-5-Lou 41 (13:02) 16-Anthony Rivera pass INTERCEPTED by 91-Nestor Wendell at Lou 48. 91-Nestor Wendell to Lou 48 for 0 yards. Tackle by 44-Hai Longo.</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>Lou 48</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-Lou 48 (12:59) 21-Dale Farmer ran to Lou 48 for a short loss. Tackle by 99-Stephen Segal.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
     <t>#83 Andrew Jones - WR</t>
   </si>
   <si>
     <t>#81 Donald Uecker - WR</t>
   </si>
   <si>
     <t>#54 Gary Thoms - LT</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#51 Irvin Torpey - RG</t>
   </si>