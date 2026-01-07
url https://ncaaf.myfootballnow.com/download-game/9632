--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -383,51 +383,51 @@
   <si>
     <t>#70 Merrill Schmidt - LG</t>
   </si>
   <si>
     <t>#74 John Wallace - LG</t>
   </si>
   <si>
     <t>#63 Duane Fleming - C</t>
   </si>
   <si>
     <t>#95 Andrew Hensley - DT</t>
   </si>
   <si>
     <t>#73 Joseph May - DT</t>
   </si>
   <si>
     <t>#94 Richard Stapleton - LDE</t>
   </si>
   <si>
     <t>#53 Donald Rivera - WLB</t>
   </si>
   <si>
     <t>#70 Floyd Nevarez - DT</t>
   </si>
   <si>
-    <t>#97 Thomas Clark - WLB</t>
+    <t>#97 Thomas Clark - SLB</t>
   </si>
   <si>
     <t>#63 Shaun Cody - LDE</t>
   </si>
   <si>
     <t>#98 Jason Rook - RDE</t>
   </si>
   <si>
     <t>#59 Jerry Smith - WLB</t>
   </si>
   <si>
     <t>#93 Anthony Ingram - MLB</t>
   </si>
   <si>
     <t>#99 Rafael Merritt - LDE</t>
   </si>
   <si>
     <t>PUR 35</t>
   </si>
   <si>
     <t>(14:45) 8-David Waid kicks 75 yards from PUR 35 to AZS -10. 17-Patrick Taylor to AZS 16 for 26 yards. Tackle by 35-Nathaniel Middleton.</t>
   </si>
   <si>
     <t>#17 Patrick Taylor - RB</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>#87 Thomas Neville - WR</t>
   </si>
   <si>
     <t>#14 Lyndon Prime - WR</t>
   </si>
   <si>
     <t>#16 Sam Jenkins - WR</t>
   </si>
   <si>
     <t>#64 Jon Carlyle - LT</t>
   </si>
   <si>
     <t>#71 Ronald Merrill - LG</t>
   </si>
   <si>
     <t>#60 Donald Wright - C</t>
   </si>
   <si>
     <t>#67 Christopher Moyes - RG</t>
   </si>
   <si>
     <t>#73 Joseph Robinson - RT</t>
   </si>
   <si>
-    <t>#67 Robert Mason - LDE</t>
+    <t>#67 Robert Mason - RDE</t>
   </si>
   <si>
     <t>#56 James Bolton - DT</t>
   </si>
   <si>
     <t>#68 Garrett Dube - RDE</t>
   </si>
   <si>
     <t>#50 Cornell Stackpole - SLB</t>
   </si>
   <si>
     <t>#42 Fredrick Kidd - SS</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>AZS 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -653,99 +653,99 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-6-PUR 10 (8:30) 11-Matthew Malone pass complete to 87-Fabian Blue to PUR 4 for 5 yards. Tackle by 97-Carl Hazard.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>PUR 4</t>
   </si>
   <si>
     <t>4-1-PUR 4 (7:53) 1-John Oleary 23 yard field goal is GOOD. PUR 7 AZS 3</t>
   </si>
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
     <t>#77 Dennis Nilsen - RT</t>
   </si>
   <si>
     <t>#74 Philip Prince - LT</t>
   </si>
   <si>
-    <t>#76 Edward Sakamoto - RT</t>
+    <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>#95 Francis McKeown - SLB</t>
   </si>
   <si>
     <t>#51 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>(7:51) 1-John Oleary kicks 70 yards from AZS 35 to PUR -5. Touchback.</t>
   </si>
   <si>
     <t>#94 David Goldsmith - DT</t>
   </si>
   <si>
     <t>PUR 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PUR 25 (7:51) 38-James Lozano ran to PUR 25 for a short gain. Tackle by 50-Anthony Ingram.</t>
   </si>
   <si>
     <t>#13 Eric Becker - QB</t>
   </si>
   <si>
     <t>#38 James Lozano - RB</t>
   </si>
   <si>
     <t>#81 Raymond Petrosky - TE</t>
   </si>
   <si>
     <t>#83 William Self - WR</t>
   </si>
   <si>
     <t>#12 Jim Johnston - WR</t>
   </si>
   <si>
-    <t>#58 Jeffrey Place - RG</t>
+    <t>#60 Jeffrey Place - RG</t>
   </si>
   <si>
     <t>#52 Richard West - RT</t>
   </si>
   <si>
     <t>#23 Derrick White - CB</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-PUR 25 (7:18) 38-James Lozano ran to PUR 25 for a short loss. Tackle by 97-Joseph May.</t>
   </si>
   <si>
     <t>#88 Paul Valdez - TE</t>
   </si>
   <si>
     <t>6:35</t>
   </si>