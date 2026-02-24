--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -476,51 +476,51 @@
   <si>
     <t>#87 Thomas Neville - WR</t>
   </si>
   <si>
     <t>#14 Lyndon Prime - WR</t>
   </si>
   <si>
     <t>#16 Sam Jenkins - WR</t>
   </si>
   <si>
     <t>#64 Jon Carlyle - LT</t>
   </si>
   <si>
     <t>#71 Ronald Merrill - LG</t>
   </si>
   <si>
     <t>#60 Donald Wright - C</t>
   </si>
   <si>
     <t>#67 Christopher Moyes - RG</t>
   </si>
   <si>
     <t>#73 Joseph Robinson - RT</t>
   </si>
   <si>
-    <t>#67 Robert Mason - RDE</t>
+    <t>#67 Robert Mason - LDE</t>
   </si>
   <si>
     <t>#56 James Bolton - DT</t>
   </si>
   <si>
     <t>#68 Garrett Dube - RDE</t>
   </si>
   <si>
     <t>#50 Cornell Stackpole - SLB</t>
   </si>
   <si>
     <t>#42 Fredrick Kidd - SS</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>AZS 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>PUR 4</t>
   </si>
   <si>
     <t>4-1-PUR 4 (7:53) 1-John Oleary 23 yard field goal is GOOD. PUR 7 AZS 3</t>
   </si>
   <si>
     <t>#19 Scott Thomas - P</t>
   </si>
   <si>
     <t>#77 Dennis Nilsen - RT</t>
   </si>
   <si>
     <t>#74 Philip Prince - LT</t>
   </si>
   <si>
     <t>#52 Edward Sakamoto - RT</t>
   </si>
   <si>
     <t>#69 Claude Hogan - LG</t>
   </si>
   <si>
     <t>#95 Francis McKeown - SLB</t>
   </si>
   <si>
-    <t>#51 Scott Rodriguez - RDE</t>
+    <t>#76 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>(7:51) 1-John Oleary kicks 70 yards from AZS 35 to PUR -5. Touchback.</t>
   </si>
   <si>
     <t>#94 David Goldsmith - DT</t>
   </si>
   <si>
     <t>PUR 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PUR 25 (7:51) 38-James Lozano ran to PUR 25 for a short gain. Tackle by 50-Anthony Ingram.</t>
   </si>
   <si>
     <t>#13 Eric Becker - QB</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>PUR 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-9-PUR 32 (5:11) 13-Eric Becker pass complete to 10-Clarence Sullivan to PUR 35 for 3 yards. Tackle by 24-Clint Andrus.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-PUR 35 (4:33) 14-Micheal Webb punts 45 yards to AZS 20. Fair Catch by 17-Patrick Taylor.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>#32 Harley Quinn - CB</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>AZS 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-AZS 20 (4:27) 34-Michael Green ran to AZS 22 for 2 yards. Tackle by 96-James Bolton.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>AZS 22</t>
   </si>