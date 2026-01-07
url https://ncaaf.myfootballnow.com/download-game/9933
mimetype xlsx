--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -335,63 +335,63 @@
   <si>
     <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#8 David Waid - K</t>
   </si>
   <si>
     <t>WVU</t>
   </si>
   <si>
     <t>WVU 25</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 25 (15:00) 11-Donnie Wright pass complete to 41-James Wunder to WVU 33 for 8 yards. Tackle by 95-Ronald Conner.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - RB</t>
+    <t>#22 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#44 Earl Wright - TE</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
-    <t>#85 Jessie Rodriguez - WR</t>
+    <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>
   <si>
     <t>#56 George Sommers - RT</t>
   </si>
   <si>
     <t>#90 Joseph Crossley - LDE</t>
   </si>
   <si>
     <t>#56 James Bolton - DT</t>
   </si>
   <si>
     <t>#91 David Lewis - DT</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>#28 Nathaniel Middleton - CB</t>
   </si>
   <si>
     <t>#44 Travis Wilson - CB</t>
   </si>
   <si>
     <t>#21 Matthew Jung - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>WVU 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-WVU 34 (13:40) PENALTY - False Start (WVU 11-Donnie Wright)</t>
   </si>
   <si>
-    <t>#67 Robert Mason - LDE</t>
+    <t>#67 Robert Mason - RDE</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>WVU 29</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-6-WVU 29 (13:40) 11-Donnie Wright pass complete to 43-Earl Wright to WVU 40 for 11 yards. Tackle by 49-Rodger Coleman.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>WVU 40</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>#68 Robert Wilson - DT</t>
   </si>
   <si>
     <t>#74 Kevin Wessels - DT</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
   <si>
     <t>#40 Timmy Smith - CB</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
-    <t>#45 Aaron Montgomery - FS</t>
+    <t>#39 Aaron Montgomery - FS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>PUR 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-2-PUR 33 (9:39) 38-James Lozano ran to PUR 32 for -1 yards. Tackle by 99-Edward Patterson.</t>
   </si>
   <si>
     <t>#86 Scott Gaona - FB</t>
   </si>
   <si>
     <t>#88 Paul Valdez - TE</t>
   </si>
   <si>
     <t>#72 Rafael Murphy - LT</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>#15 Cory Hack - WR</t>
   </si>
   <si>
     <t>#72 Michael McSwain - RDE</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WVU 47 (6:29) 14-Micheal Webb punts 36 yards to WVU 11. Fair Catch by 25-Alexander Montgomery.</t>
   </si>
   <si>
     <t>#14 Micheal Webb - P</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
-    <t>#61 David Huntley - C</t>
+    <t>#67 David Huntley - C</t>
   </si>
   <si>
     <t>#75 Robert Gonzalez - LDE</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>WVU 11</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 11 (6:23) 11-Donnie Wright pass Pass knocked down by 93-Matthew Carter. incomplete, intended for 41-James Wunder.</t>
   </si>
   <si>
     <t>#62 Samuel Owens - DT</t>
   </si>
   <si>
     <t>6:20</t>
   </si>