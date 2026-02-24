--- v1 (2026-01-07)
+++ v2 (2026-02-24)
@@ -335,90 +335,90 @@
   <si>
     <t>#63 Keith Nesmith - LG</t>
   </si>
   <si>
     <t>#8 David Waid - K</t>
   </si>
   <si>
     <t>WVU</t>
   </si>
   <si>
     <t>WVU 25</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 25 (15:00) 11-Donnie Wright pass complete to 41-James Wunder to WVU 33 for 8 yards. Tackle by 95-Ronald Conner.</t>
   </si>
   <si>
     <t>#11 Donnie Wright - QB</t>
   </si>
   <si>
-    <t>#22 Dale Farmer - WR</t>
+    <t>#17 Dale Farmer - WR</t>
   </si>
   <si>
     <t>#41 James Wunder - TE</t>
   </si>
   <si>
     <t>#44 Earl Wright - TE</t>
   </si>
   <si>
     <t>#82 Arthur Bell - WR</t>
   </si>
   <si>
     <t>#86 Jessie Rodriguez - WR</t>
   </si>
   <si>
     <t>#74 William Sawyer - LG</t>
   </si>
   <si>
     <t>#71 Michael Wagner - LG</t>
   </si>
   <si>
     <t>#59 Larry Johnson - C</t>
   </si>
   <si>
     <t>#64 Loren Reynolds - RG</t>
   </si>
   <si>
     <t>#56 George Sommers - RT</t>
   </si>
   <si>
     <t>#90 Joseph Crossley - LDE</t>
   </si>
   <si>
     <t>#56 James Bolton - DT</t>
   </si>
   <si>
     <t>#91 David Lewis - DT</t>
   </si>
   <si>
-    <t>#51 Scott Rodriguez - RDE</t>
+    <t>#76 Scott Rodriguez - RDE</t>
   </si>
   <si>
     <t>#50 Cornell Stackpole - SLB</t>
   </si>
   <si>
     <t>#93 Matthew Carter - MLB</t>
   </si>
   <si>
     <t>#95 Ronald Conner - WLB</t>
   </si>
   <si>
     <t>#43 Stevie  Martin - CB</t>
   </si>
   <si>
     <t>#49 Rodger Coleman - CB</t>
   </si>
   <si>
     <t>#42 Fredrick Kidd - SS</t>
   </si>
   <si>
     <t>#23 Thomas Leiser - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>#28 Nathaniel Middleton - CB</t>
   </si>
   <si>
     <t>#44 Travis Wilson - CB</t>
   </si>
   <si>
     <t>#21 Matthew Jung - FS</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>WVU 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-1-WVU 34 (13:40) PENALTY - False Start (WVU 11-Donnie Wright)</t>
   </si>
   <si>
-    <t>#67 Robert Mason - RDE</t>
+    <t>#67 Robert Mason - LDE</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>WVU 29</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-6-WVU 29 (13:40) 11-Donnie Wright pass complete to 43-Earl Wright to WVU 40 for 11 yards. Tackle by 49-Rodger Coleman.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>WVU 40</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
@@ -614,90 +614,90 @@
   <si>
     <t>#10 Clarence Sullivan - WR</t>
   </si>
   <si>
     <t>#12 Jim Johnston - WR</t>
   </si>
   <si>
     <t>#76 Errol Madsen - LT</t>
   </si>
   <si>
     <t>#74 John Wallace - LG</t>
   </si>
   <si>
     <t>#63 Duane Fleming - C</t>
   </si>
   <si>
     <t>#59 John Lecompte - RG</t>
   </si>
   <si>
     <t>#52 Richard West - RT</t>
   </si>
   <si>
     <t>#68 Peter Brown - LDE</t>
   </si>
   <si>
-    <t>#68 Robert Wilson - DT</t>
+    <t>#75 Robert Wilson - DT</t>
   </si>
   <si>
     <t>#74 Kevin Wessels - DT</t>
   </si>
   <si>
     <t>#96 Wayne Rodrigues - SLB</t>
   </si>
   <si>
     <t>#99 Edward Patterson - MLB</t>
   </si>
   <si>
     <t>#98 Nestor Wendell - WLB</t>
   </si>
   <si>
     <t>#40 Timmy Smith - CB</t>
   </si>
   <si>
     <t>#30 Larry Seng - CB</t>
   </si>
   <si>
     <t>#38 Manuel Hood - SS</t>
   </si>
   <si>
     <t>#39 Aaron Montgomery - FS</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>PUR 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-2-PUR 33 (9:39) 38-James Lozano ran to PUR 32 for -1 yards. Tackle by 99-Edward Patterson.</t>
   </si>
   <si>
-    <t>#86 Scott Gaona - FB</t>
+    <t>#23 Scott Gaona - FB</t>
   </si>
   <si>
     <t>#88 Paul Valdez - TE</t>
   </si>
   <si>
     <t>#72 Rafael Murphy - LT</t>
   </si>
   <si>
     <t>#67 Joshua Ehlert - DT</t>
   </si>
   <si>
     <t>#48 Charley McWilliams - FS</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>PUR 32</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>3-3-PUR 32 (9:00) 38-James Lozano ran to PUR 43 for 11 yards. Tackle by 36-Richard Brennan.</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-1-WVU 47 (7:07) 40-Jack Coles ran to WVU 47 for 1 yards. Tackle by 30-Larry Seng.</t>
   </si>
   <si>
     <t>#15 Cory Hack - WR</t>
   </si>
   <si>
     <t>#72 Michael McSwain - RDE</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WVU 47 (6:29) 14-Micheal Webb punts 36 yards to WVU 11. Fair Catch by 25-Alexander Montgomery.</t>
   </si>
   <si>
-    <t>#14 Micheal Webb - P</t>
+    <t>#11 Micheal Webb - P</t>
   </si>
   <si>
     <t>#65 David Watson - C</t>
   </si>
   <si>
     <t>#67 David Huntley - C</t>
   </si>
   <si>
     <t>#75 Robert Gonzalez - LDE</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>WVU 11</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WVU 11 (6:23) 11-Donnie Wright pass Pass knocked down by 93-Matthew Carter. incomplete, intended for 41-James Wunder.</t>
   </si>